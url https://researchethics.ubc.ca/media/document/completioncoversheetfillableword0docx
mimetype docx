--- v0 (2025-12-07)
+++ v1 (2026-03-12)
@@ -1,29 +1,28 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="6CBAD585" w14:textId="688D1A70" w:rsidR="002E395B" w:rsidRPr="009F1D9E" w:rsidRDefault="009F1D9E" w:rsidP="009F1D9E">
@@ -64,187 +63,98 @@
           <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> Study</w:t>
       </w:r>
       <w:r w:rsidR="002E395B" w:rsidRPr="009F1D9E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> Coversheet </w:t>
       </w:r>
       <w:r w:rsidR="002E395B" w:rsidRPr="009F1D9E">
         <w:rPr>
           <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>(Fillable word form)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31BDBDC4" w14:textId="249DEDFC" w:rsidR="009F1D9E" w:rsidRDefault="002E395B" w:rsidP="002E395B">
+    <w:p w14:paraId="378DA0BA" w14:textId="019A3F1D" w:rsidR="001E036B" w:rsidRPr="00034F0F" w:rsidRDefault="002E395B" w:rsidP="001E036B">
       <w:pPr>
         <w:rPr>
           <w:color w:val="70AD47" w:themeColor="accent6"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This is a word document of the </w:t>
       </w:r>
       <w:r w:rsidR="00E723D9">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="009F1D9E">
         <w:t xml:space="preserve">ompletion </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">coversheet as of </w:t>
       </w:r>
       <w:r w:rsidR="008A4ACE">
         <w:t>July</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 2025. Researchers can use this document to draft their </w:t>
       </w:r>
       <w:r w:rsidR="00E723D9">
         <w:t>Completion</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> before completing the online version in </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00EA7650">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>RISe</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="00EA7650">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="70AD47" w:themeColor="accent6"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
-      </w:r>
-[...87 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5001" w:type="pct"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="30" w:type="dxa"/>
           <w:left w:w="30" w:type="dxa"/>
           <w:bottom w:w="30" w:type="dxa"/>
           <w:right w:w="30" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3408"/>
         <w:gridCol w:w="5938"/>
       </w:tblGrid>
       <w:tr w:rsidR="002E395B" w14:paraId="225B12CC" w14:textId="77777777" w:rsidTr="003A32CA">
@@ -407,75 +317,75 @@
               <w:t xml:space="preserve">.2 </w:t>
             </w:r>
             <w:r w:rsidRPr="009F1D9E">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t>Confirm that participant data collection is complete</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:lang w:val="en-CA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3177" w:type="pct"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AE6500B" w14:textId="77777777" w:rsidR="009F1D9E" w:rsidRDefault="008C3A78" w:rsidP="009F1D9E">
+          <w:p w14:paraId="2AE6500B" w14:textId="77777777" w:rsidR="009F1D9E" w:rsidRDefault="00034F0F" w:rsidP="009F1D9E">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1612316188"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009F1D9E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009F1D9E">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="201A8457" w14:textId="60998F89" w:rsidR="009F1D9E" w:rsidRDefault="008C3A78" w:rsidP="009F1D9E">
+          <w:p w14:paraId="201A8457" w14:textId="60998F89" w:rsidR="009F1D9E" w:rsidRDefault="00034F0F" w:rsidP="009F1D9E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-139272756"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009F1D9E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009F1D9E">
@@ -599,75 +509,75 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6F53FB57" w14:textId="36DA1DF6" w:rsidR="009F1D9E" w:rsidRPr="009F1D9E" w:rsidRDefault="009F1D9E" w:rsidP="009F1D9E">
             <w:r w:rsidRPr="009F1D9E">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">A. Will the Principal Investigator be responsible for the data?  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3177" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="28DD5A71" w14:textId="67302964" w:rsidR="009F1D9E" w:rsidRDefault="008C3A78" w:rsidP="009F1D9E">
+          <w:p w14:paraId="28DD5A71" w14:textId="67302964" w:rsidR="009F1D9E" w:rsidRDefault="00034F0F" w:rsidP="009F1D9E">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="905573076"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009F1D9E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009F1D9E">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F3ECEA1" w14:textId="4EE3708D" w:rsidR="009F1D9E" w:rsidRDefault="008C3A78" w:rsidP="009F1D9E">
+          <w:p w14:paraId="7F3ECEA1" w14:textId="4EE3708D" w:rsidR="009F1D9E" w:rsidRDefault="00034F0F" w:rsidP="009F1D9E">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="637690451"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009F1D9E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009F1D9E">
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -684,75 +594,75 @@
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1281DC08" w14:textId="4047543A" w:rsidR="009F1D9E" w:rsidRDefault="009F1D9E" w:rsidP="009F1D9E">
             <w:r>
               <w:t xml:space="preserve">B. Will the data be stored at a UBC/UBC-affiliated facility and/or a UBC server for a minimum of 5 years following publication (for research with Indigenous communities where the data is being held in community, provide a description for the data storage process if an agreement has not already been included in the application)?  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3177" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="772D5740" w14:textId="77777777" w:rsidR="009F1D9E" w:rsidRDefault="009F1D9E" w:rsidP="009F1D9E"/>
           <w:p w14:paraId="3F5DF73C" w14:textId="77777777" w:rsidR="009F1D9E" w:rsidRDefault="009F1D9E" w:rsidP="009F1D9E"/>
-          <w:p w14:paraId="47B58E39" w14:textId="1C6E5A36" w:rsidR="009F1D9E" w:rsidRDefault="008C3A78" w:rsidP="009F1D9E">
+          <w:p w14:paraId="47B58E39" w14:textId="1C6E5A36" w:rsidR="009F1D9E" w:rsidRDefault="00034F0F" w:rsidP="009F1D9E">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1838142890"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009F1D9E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009F1D9E">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1AE2EAE3" w14:textId="11B5C47A" w:rsidR="009F1D9E" w:rsidRDefault="008C3A78" w:rsidP="009F1D9E">
+          <w:p w14:paraId="1AE2EAE3" w14:textId="11B5C47A" w:rsidR="009F1D9E" w:rsidRDefault="00034F0F" w:rsidP="009F1D9E">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1843584724"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009F1D9E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009F1D9E">
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -787,75 +697,75 @@
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A89B6EA" w14:textId="3F8D42B3" w:rsidR="009F1D9E" w:rsidRDefault="003A32CA" w:rsidP="009F1D9E">
             <w:r w:rsidRPr="003A32CA">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1.5</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Do any of the data being stored contain identifiable information? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3177" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3B0B1694" w14:textId="77777777" w:rsidR="003A32CA" w:rsidRDefault="008C3A78" w:rsidP="003A32CA">
+          <w:p w14:paraId="3B0B1694" w14:textId="77777777" w:rsidR="003A32CA" w:rsidRDefault="00034F0F" w:rsidP="003A32CA">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-761755024"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003A32CA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003A32CA">
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="703B2804" w14:textId="336E083A" w:rsidR="009F1D9E" w:rsidRDefault="008C3A78" w:rsidP="003A32CA">
+          <w:p w14:paraId="703B2804" w14:textId="336E083A" w:rsidR="009F1D9E" w:rsidRDefault="00034F0F" w:rsidP="003A32CA">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1070011111"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003A32CA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003A32CA">
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -878,102 +788,105 @@
           </w:tcPr>
           <w:p w14:paraId="244D5811" w14:textId="278D7DD5" w:rsidR="003A32CA" w:rsidRPr="002E395B" w:rsidRDefault="003A32CA" w:rsidP="009F1D9E"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009F1D9E" w14:paraId="4735B5D6" w14:textId="77777777" w:rsidTr="003A32CA">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7ADA985D" w14:textId="78D46324" w:rsidR="009F1D9E" w:rsidRDefault="003A32CA" w:rsidP="009F1D9E">
             <w:r w:rsidRPr="003A32CA">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
+              <w:t>1.6</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Please describe the final disposition/storage of all research-related documents, including </w:t>
+            </w:r>
+            <w:r>
               <w:lastRenderedPageBreak/>
-              <w:t>1.6</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> Please describe the final disposition/storage of all research-related documents, including electronic data. If the data will be destroyed after the storage period, please describe your methods for data destruction: </w:t>
+              <w:t xml:space="preserve">electronic data. If the data will be destroyed after the storage period, please describe your methods for data destruction: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3177" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="51806F2B" w14:textId="69FFFEF1" w:rsidR="009F1D9E" w:rsidRDefault="009F1D9E" w:rsidP="009F1D9E"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A32CA" w14:paraId="085D3805" w14:textId="77777777" w:rsidTr="003A32CA">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="43E6CD42" w14:textId="77777777" w:rsidR="003A32CA" w:rsidRPr="00471770" w:rsidRDefault="003A32CA" w:rsidP="009F1D9E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="20ADB0B7" w14:textId="77777777" w:rsidR="0045021E" w:rsidRDefault="0045021E"/>
     <w:sectPr w:rsidR="0045021E">
-      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1A90DA8D" w14:textId="77777777" w:rsidR="00EA7650" w:rsidRDefault="00EA7650" w:rsidP="00EA7650">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="357754DC" w14:textId="77777777" w:rsidR="00EA7650" w:rsidRDefault="00EA7650" w:rsidP="00EA7650">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1372,72 +1285,73 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002E395B"/>
+    <w:rsid w:val="00034F0F"/>
     <w:rsid w:val="001E036B"/>
     <w:rsid w:val="002E395B"/>
     <w:rsid w:val="003A32CA"/>
     <w:rsid w:val="0045021E"/>
     <w:rsid w:val="0068687B"/>
     <w:rsid w:val="00842E48"/>
     <w:rsid w:val="008A4ACE"/>
     <w:rsid w:val="008C3A78"/>
     <w:rsid w:val="009F1D9E"/>
     <w:rsid w:val="00E723D9"/>
     <w:rsid w:val="00E7786E"/>
     <w:rsid w:val="00EA7650"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -2093,51 +2007,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1018002548">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://researchethics.ubc.ca/media/document/completionguidancenotes0docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rise.ubc.ca/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rise.ubc.ca/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2396,69 +2310,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>262</Words>
-  <Characters>1495</Characters>
+  <Words>220</Words>
+  <Characters>1260</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1754</CharactersWithSpaces>
+  <CharactersWithSpaces>1478</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Stewart-Gomes, Allison</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>